--- v0 (2026-02-03)
+++ v1 (2026-02-07)
@@ -1,25 +1,562 @@
+
+<file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
+<Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+</Types>
+</file>
+
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+</file>
+
+<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:body>
+    <w:p w14:paraId="346CC76A" w14:textId="77777777" w:rsidR="00051223" w:rsidRDefault="00051223" w:rsidP="00EE2475">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="607E3384" w14:textId="754AFB68" w:rsidR="00B42790" w:rsidRPr="00051223" w:rsidRDefault="00BB7F1A" w:rsidP="005742DB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Ju</w:t>
+      </w:r>
+      <w:r w:rsidR="00801C95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ly</w:t>
+      </w:r>
+      <w:r w:rsidR="005742DB" w:rsidRPr="00051223">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F544C2E" w14:textId="63D92AD7" w:rsidR="00AE3DBE" w:rsidRDefault="00AE3DBE" w:rsidP="00AE3DBE">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please share with your faculty: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59FAA0C5" w14:textId="5186DE3F" w:rsidR="00BB7F1A" w:rsidRDefault="00801C95" w:rsidP="00AE3DBE">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Issues with grading</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB7F1A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="612B72F9" w14:textId="77777777" w:rsidR="004B55D6" w:rsidRDefault="004B55D6" w:rsidP="00AE3DBE">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CCFFF36" w14:textId="7B6EA581" w:rsidR="003D4000" w:rsidRDefault="00801C95" w:rsidP="00AE3DBE">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hough (2023) recently wrote an interesting article published in the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="00801C95">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>Harvard Ed. Magazine called “The Problem with Grading</w:t>
+        </w:r>
+        <w:r w:rsidR="00FE3CF2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>”</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00801C95">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  The article discusses the arbitrariness </w:t>
+      </w:r>
+      <w:r w:rsidR="00147C84">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">inconsistency of </w:t>
+      </w:r>
+      <w:r w:rsidR="0028778A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">letter grades.  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Although </w:t>
+      </w:r>
+      <w:r w:rsidR="0028778A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the article focuses its discussion on K-12 education, it is relevant to issues with grading in higher education, including grade </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD336C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>inflation,</w:t>
+      </w:r>
+      <w:r w:rsidR="0028778A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the often subjective and non-transparent nature of grading within college and graduate school courses.  The article also makes the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD4B07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">important </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE3CF2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>distinction</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD4B07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> between grades and assessment</w:t>
+      </w:r>
+      <w:r w:rsidR="0028778A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  Assessment provides students and instructors with feedback for the purpose of improving learning and instruction.  Grading on the other </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0028778A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>hand  put</w:t>
+      </w:r>
+      <w:r w:rsidR="0024018A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0028778A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> value on </w:t>
+      </w:r>
+      <w:r w:rsidR="00147C84">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>students’ work</w:t>
+      </w:r>
+      <w:r w:rsidR="0028778A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.  If the grading process is arbitrary th</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD336C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:r w:rsidR="0028778A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> it will not </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD336C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>provide</w:t>
+      </w:r>
+      <w:r w:rsidR="0028778A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> meaningful </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD336C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">feedback about the extent of student learning.  The article ends with a discussion of some alternatives to traditional grading that some school systems are experimenting with.  For example, rather than providing letter grades students receive “mastery” or “in progress”.  Another alternative is to allow students opportunities to constantly revise their work on assignments.   </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD4B07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>While these alternatives</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD336C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aim to achieve the goal of students’ mastering the information that they are learning</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD4B07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, I believe that they may raise other issues.  Some would argue that grades are an important extrinsic motivator for students, and without them, many students would not be as driven to succeed.  In addition, while in theory providing students with constant opportunities to revise their work would be ideal, it may be a difficult practice to expect from both students and instructors who have limited time.  Although there is no one and done solution, this article raises interesting points for reflection and debate </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE3CF2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>for improving learning in education.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D12BA25" w14:textId="77777777" w:rsidR="00AD4B07" w:rsidRDefault="00AD4B07" w:rsidP="00AE3DBE">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A87E2EE" w14:textId="77777777" w:rsidR="00AD4B07" w:rsidRPr="009D120D" w:rsidRDefault="00AD4B07" w:rsidP="00AE3DBE">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A752E98" w14:textId="2C1F3D44" w:rsidR="00AE3DBE" w:rsidRDefault="00AE3DBE" w:rsidP="00AE3DBE">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please share </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE3CF2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>any alternative grading practices your program uses</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE3CF2">
+        <w:t xml:space="preserve"> and I will feature</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE3CF2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">those examples on </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:tgtFrame="_blank" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>YU’s Learning Assessment Website</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7201DD8B" w14:textId="082FE983" w:rsidR="00AE3DBE" w:rsidRPr="008D1B0F" w:rsidRDefault="00AE3DBE" w:rsidP="00AE3DBE">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C9D0413" w14:textId="77777777" w:rsidR="00AE3DBE" w:rsidRPr="00533400" w:rsidRDefault="00AE3DBE" w:rsidP="00AE3DBE">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40BC6DAE" w14:textId="437DA9AB" w:rsidR="00AE3DBE" w:rsidRPr="00AE3DBE" w:rsidRDefault="00FE3CF2" w:rsidP="00AE3DBE">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Important Reminder:  </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">If you have not yet submitted your Spring 2023 assessment report, please email it to me ASAP.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE3DBE">
+        <w:t xml:space="preserve">Thanks very much. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03C86705" w14:textId="3A24CC76" w:rsidR="00AE3DBE" w:rsidRPr="00AE3DBE" w:rsidRDefault="00AE3DBE" w:rsidP="00AE3DBE">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30C493B3" w14:textId="006302C9" w:rsidR="00AE3DBE" w:rsidRPr="00AE3DBE" w:rsidRDefault="00AE3DBE" w:rsidP="00AE3DBE">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="716E9ACE" w14:textId="3B35BD1C" w:rsidR="00AE3DBE" w:rsidRPr="00AE3DBE" w:rsidRDefault="00AE3DBE" w:rsidP="00AE3DBE">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17A4AF2B" w14:textId="23E0CFDA" w:rsidR="00AE3DBE" w:rsidRPr="00AE3DBE" w:rsidRDefault="00AE3DBE" w:rsidP="00AE3DBE">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02929FC3" w14:textId="4E07ACD8" w:rsidR="00AE3DBE" w:rsidRPr="00AE3DBE" w:rsidRDefault="00AE3DBE" w:rsidP="00AE3DBE">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="177EAC5F" w14:textId="55833FB5" w:rsidR="00AE3DBE" w:rsidRDefault="00AE3DBE" w:rsidP="00AE3DBE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="272FE117" w14:textId="77777777" w:rsidR="00AE3DBE" w:rsidRPr="00AE3DBE" w:rsidRDefault="00AE3DBE" w:rsidP="00AE3DBE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00AE3DBE" w:rsidRPr="00AE3DBE" w:rsidSect="009C65C2">
+      <w:headerReference w:type="even" r:id="rId10"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="even" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
+      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgMar w:top="2520" w:right="1800" w:bottom="1440" w:left="1800" w:header="540" w:footer="1880" w:gutter="0"/>
+      <w:cols w:space="720"/>
+    </w:sectPr>
+  </w:body>
+</w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="0B12A3E3" w14:textId="77777777" w:rsidR="00C115B1" w:rsidRDefault="00C115B1" w:rsidP="0003540F">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="7BF31DB8" w14:textId="77777777" w:rsidR="00C115B1" w:rsidRDefault="00C115B1" w:rsidP="0003540F">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
@@ -58,50 +595,268 @@
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="68F2BA35" w14:textId="77777777" w:rsidR="008D1B0F" w:rsidRDefault="008D1B0F">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="73CE8B91" w14:textId="149A5327" w:rsidR="00B85973" w:rsidRDefault="009C65C2" w:rsidP="009C65C2">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4320"/>
+        <w:tab w:val="clear" w:pos="8640"/>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:ind w:left="720"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:eastAsia="en-US"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="5F7BA05C" wp14:editId="27188716">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="margin">
+            <wp:align>center</wp:align>
+          </wp:positionH>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>9125585</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="2515870" cy="460375"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="3" name="Picture 3"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1" name="Primary_YU_Shield_C.eps"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="2515870" cy="460375"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="73A1788B" w14:textId="77777777" w:rsidR="008D1B0F" w:rsidRDefault="008D1B0F">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="53EA4007" w14:textId="77777777" w:rsidR="00C115B1" w:rsidRDefault="00C115B1" w:rsidP="0003540F">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="16976B53" w14:textId="77777777" w:rsidR="00C115B1" w:rsidRDefault="00C115B1" w:rsidP="0003540F">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="672EA2EA" w14:textId="77777777" w:rsidR="008D1B0F" w:rsidRDefault="008D1B0F">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="106B7A51" w14:textId="4E869C6D" w:rsidR="00B85973" w:rsidRDefault="00B85973" w:rsidP="00051223">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4320"/>
+        <w:tab w:val="left" w:pos="3260"/>
+      </w:tabs>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:eastAsia="en-US"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="64F9CC63" wp14:editId="159C9E2C">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="margin">
+            <wp:posOffset>415925</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>0</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="4779264" cy="1060704"/>
+          <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+          <wp:wrapNone/>
+          <wp:docPr id="4" name="Picture 4"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="YU_Assessment_Header4.jpg"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="4779264" cy="1060704"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="6A412C63" w14:textId="77777777" w:rsidR="008D1B0F" w:rsidRDefault="008D1B0F">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3DC6159F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5560B0A8"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -1153,50 +1908,62 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1074006794">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gse.harvard.edu/news/ed/23/05/problem-grading" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://owa.yu.edu/owa/redir.aspx?C=qfPSe4wRYkKrpT3C8vPq8A7wjn94UtMIlXPnm4uIb63uPB_8kYqY2U_p2t2TYINMonFFOW1vbo0.&amp;URL=http%3a%2f%2fyu.edu%2fprovost%2fassessment%2f" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/></Relationships>
+</file>
+
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
+</file>
+
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>